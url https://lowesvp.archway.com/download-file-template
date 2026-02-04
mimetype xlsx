--- v0 (2025-12-16)
+++ v1 (2026-02-04)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="23426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="10817"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Dev\vendorpro\public\downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/ats/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E4E1E328-EDA4-488B-9870-EC9B4C8BA6B3}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C45FE475-D87C-3148-8AC8-A775DE373718}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="6705" yWindow="3060" windowWidth="21600" windowHeight="11385" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3620" yWindow="2420" windowWidth="21600" windowHeight="11380" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="179021"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="5">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t>Carrier Name</t>
   </si>
   <si>
     <t>Tracking  Number</t>
   </si>
   <si>
     <t>Store Num</t>
   </si>
   <si>
     <t>PO Number</t>
   </si>
   <si>
     <t>Reorder Number</t>
+  </si>
+  <si>
+    <t>Note</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF212529"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -99,197 +102,163 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -423,105 +392,108 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E3"/>
+  <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4"/>
+      <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="23.42578125" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="14.42578125" customWidth="1"/>
+    <col min="1" max="1" width="23.5" style="1" customWidth="1"/>
+    <col min="2" max="2" width="21.6640625" customWidth="1"/>
+    <col min="3" max="3" width="26.1640625" customWidth="1"/>
+    <col min="4" max="4" width="18.5" style="1" customWidth="1"/>
+    <col min="5" max="5" width="14.5" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
+      <c r="F1" s="1" t="s">
+        <v>5</v>
+      </c>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
       <c r="E2" s="1"/>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A3" s="2"/>
       <c r="E3" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Hojas de cálculo</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Archway Marketing Services</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Hightower, Chad (Contractor)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>